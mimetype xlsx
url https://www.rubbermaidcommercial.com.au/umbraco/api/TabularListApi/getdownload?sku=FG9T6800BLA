--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81759ef06c8e43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bcd5042669274360bc740741dccc6806.psmdcp" Id="Rc2cbb6ba36a5425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R048635a703754ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d5e80f4cd804f0b9fc2a78fa4f6cd7b.psmdcp" Id="R431439f41889467f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Sku</x:t>
   </x:si>
   <x:si>