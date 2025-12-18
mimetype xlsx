--- v1 (2025-12-18)
+++ v2 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R048635a703754ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d5e80f4cd804f0b9fc2a78fa4f6cd7b.psmdcp" Id="R431439f41889467f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4c79b3e70624e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19f6328d0b23486486631a04e79e213e.psmdcp" Id="R98e620ac3ddc4363" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Sku</x:t>
   </x:si>
   <x:si>