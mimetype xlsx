--- v2 (2025-12-18)
+++ v3 (2026-02-04)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4c79b3e70624e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19f6328d0b23486486631a04e79e213e.psmdcp" Id="R98e620ac3ddc4363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2345a2a4afaa4762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce8d154a713c4fbda26507c635944816.psmdcp" Id="R7181eca1414741c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Sku</x:t>
   </x:si>
   <x:si>