--- v3 (2026-02-04)
+++ v4 (2026-03-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2345a2a4afaa4762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce8d154a713c4fbda26507c635944816.psmdcp" Id="R7181eca1414741c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546c8105062a4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b63f4c5feaf43588ecb7b1c8e7c317b.psmdcp" Id="R43ec05080c9d4ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Sku</x:t>
   </x:si>
   <x:si>