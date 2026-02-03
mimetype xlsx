--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -1,88 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd27ff062cb422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a677f75430d04a9babd33fc3be02ffb7.psmdcp" Id="R75a4c915699348e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba053a3489e8493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50c1648508ad4e55a2f63d3c60fb3990.psmdcp" Id="Rfacfd699044a42fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Sku</x:t>
   </x:si>
   <x:si>
-    <x:t>TCell™ Refill   Blue Splash</x:t>
+    <x:t>CirculAir 90™ Passive Air Care Refill, Mango</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FG402369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CirculAir 90™ Passive Air Care Refill, Blue Splash</x:t>
   </x:si>
   <x:si>
     <x:t>FG402112</x:t>
   </x:si>
   <x:si>
-    <x:t>TCell™ Refill   Citrus</x:t>
+    <x:t>CirculAir 90™ Passive Air Care Refill, Melon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FG402470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CirculAir 90™ Passive Air Care Refill, Citrus</x:t>
   </x:si>
   <x:si>
     <x:t>FG402113</x:t>
   </x:si>
   <x:si>
-    <x:t>TCell™ Refill   Pure™ odour Neutralizer</x:t>
+    <x:t>CirculAir 90™ Passive Air Care Refill, Pure</x:t>
   </x:si>
   <x:si>
     <x:t>FG402498</x:t>
   </x:si>
   <x:si>
     <x:t>TCell™ Refill   Wakening Spring</x:t>
   </x:si>
   <x:si>
     <x:t>FG402110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CirculAir 90™ Passive Air Care Refill, Polar Mist</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2231718​</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CirculAir 90™ Passive Air Care Refill, Relaxing Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2231719</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -105,52 +129,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:B5" totalsRowShown="0">
-  <x:autoFilter ref="A1:B5"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:B9" totalsRowShown="0">
+  <x:autoFilter ref="A1:B9"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Product"/>
     <x:tableColumn id="2" name="Sku"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -406,94 +430,126 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B5"/>
+  <x:dimension ref="A1:B9"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:2">
+      <x:c r="A6" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:2">
+      <x:c r="A7" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:2">
+      <x:c r="A8" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:2">
+      <x:c r="A9" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">