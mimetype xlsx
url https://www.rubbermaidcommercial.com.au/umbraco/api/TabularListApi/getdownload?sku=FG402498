--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba053a3489e8493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50c1648508ad4e55a2f63d3c60fb3990.psmdcp" Id="Rfacfd699044a42fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2656e987567a425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5afeb7f627d34c29afd6a6d87b65048c.psmdcp" Id="Re3ffc28b3a8c4cc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Sku</x:t>
   </x:si>
   <x:si>