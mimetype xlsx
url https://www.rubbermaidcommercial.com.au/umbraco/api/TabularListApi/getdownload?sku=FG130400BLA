--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291aebc1b3094596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/daedf7c4566444f1982b3eac000e7880.psmdcp" Id="R25810bd381524a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11d8b833c954ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5aa87bdf292946a08304ea9b2b860585.psmdcp" Id="Reb58d55cbf714f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Sku</x:t>
   </x:si>
   <x:si>
-    <x:t>Rotomoulded Tilt Truck, Utility Duty, 1 Cubic Yard (0.76 Cubic M), Black</x:t>
+    <x:t>BRUTE Rotomoulded Tilt Truck, Utility Duty, 1 Cubic Yard (0.76 Cubic M), Black</x:t>
   </x:si>
   <x:si>
     <x:t>FG131400BLA</x:t>
   </x:si>
   <x:si>
     <x:t>Rotomoulded Tilt Truck, Utility Duty, 1/2 Cubic Yard, Black</x:t>
   </x:si>
   <x:si>
     <x:t>FG130400BLA</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>