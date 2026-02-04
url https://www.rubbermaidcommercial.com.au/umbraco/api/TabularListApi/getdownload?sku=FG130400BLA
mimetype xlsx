--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11d8b833c954ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5aa87bdf292946a08304ea9b2b860585.psmdcp" Id="Reb58d55cbf714f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1ef156df17f4147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/545832cac69e4ad498b04ab7d57f434f.psmdcp" Id="R6a9e9ec4f0fb435e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Sku</x:t>
   </x:si>
   <x:si>