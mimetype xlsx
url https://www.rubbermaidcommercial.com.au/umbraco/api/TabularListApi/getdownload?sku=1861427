--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31491f387ffe47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b29944447b541ab89afa466589cd9c5.psmdcp" Id="Rd22b62f38adb4777" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc631ce0c06594939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84fb579b69294ef8b1d0db102fa7e9a4.psmdcp" Id="R30174561677840d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Sku</x:t>
   </x:si>
   <x:si>