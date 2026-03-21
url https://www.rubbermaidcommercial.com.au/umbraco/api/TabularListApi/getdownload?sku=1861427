--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -1,76 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc631ce0c06594939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84fb579b69294ef8b1d0db102fa7e9a4.psmdcp" Id="R30174561677840d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e346dd6d2b47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/040412e8ea604094bdd42c64c5412240.psmdcp" Id="R6b9b4d58de6b48af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Sku</x:t>
   </x:si>
   <x:si>
+    <x:t>Executive Janitorial Cleaning Cart with Doors and Hood   High Security, Black</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1861427</x:t>
+  </x:si>
+  <x:si>
     <x:t>Janitorial Cleaning Cart with Doors and Hood - High-Security</x:t>
   </x:si>
   <x:si>
     <x:t>FG9T7500BLA</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>1861427</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>